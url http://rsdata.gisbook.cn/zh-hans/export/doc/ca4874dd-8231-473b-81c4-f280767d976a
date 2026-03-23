--- v0 (2025-10-28)
+++ v1 (2026-03-23)
@@ -352,51 +352,51 @@
     <w:p>
       <w:pPr>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">数据的引用: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="432" w:firstLine="432"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jinyang Du, John S. Kimball. 中国长江上游 LPDR Version 3 植被光学厚度数据集（2002-2021）. 长江上游科学数据中心, </w:t>
       </w:r>
       <w:r>
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:t>.[</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">S. KIMBALL   John , DU   Jinyang . LPDR Version 3 Vegetation Optical Depth Data Set of the Upper Yangtze River in China (2002-2021). Upper Yangtze River Scientific Data Center, </w:t>
+        <w:t xml:space="preserve">DU   Jinyang , S. KIMBALL   John . LPDR Version 3 Vegetation Optical Depth Data Set of the Upper Yangtze River in China (2002-2021). Upper Yangtze River Scientific Data Center, </w:t>
       </w:r>
       <w:r>
         <w:t>2022</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="432"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">文章的引用: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:ind w:left="864"/>